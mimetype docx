--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -1,1395 +1,8796 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B73B7B" w:rsidRDefault="00B73B7B" w:rsidP="00B73B7B">
-[...1 lines deleted...]
-        <w:ind w:left="3888" w:firstLine="1296"/>
+    <w:p w14:paraId="741DEDC8" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="002C27AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PATVIRTINTA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF7495F" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="002C27AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ignalinos </w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>r. Vidiškių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gimnazijos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD6B9A9" w14:textId="1804DE94" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="002C27AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5760"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>lapkričio</w:t>
+      </w:r>
+      <w:r w:rsidR="0043251D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743D4223" w14:textId="0DDB8765" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="002C27AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="0043251D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>52</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23ECBFAD" w14:textId="77777777" w:rsidR="00F87B47" w:rsidRDefault="00F87B47" w:rsidP="002C27AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DF7ADCF" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="002C27AC" w:rsidP="002C27AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B3C1700" w14:textId="2E4AA5C8" w:rsidR="002C27AC" w:rsidRPr="005C4EFD" w:rsidRDefault="005C4EFD" w:rsidP="005C4EFD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk215145816"/>
+      <w:r w:rsidRPr="005C4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>IGNALINOS R. VIDIŠKIŲ GIMNAZIJOJE ĮRENGTŲ VAIZDO STEBĖJIMO KAMERŲ TVARKOS APRAŠAS</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="392A9DA9" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="002C27AC" w:rsidP="002C27AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2757E870" w14:textId="44EAFEBB" w:rsidR="002C27AC" w:rsidRPr="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="002C27AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>I SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2049A927" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRPr="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="002C27AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>BENDROSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE96E81" w14:textId="063B234E" w:rsidR="002C27AC" w:rsidRPr="002C27AC" w:rsidRDefault="002C27AC" w:rsidP="002C27AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54EBA0AC" w14:textId="6F3A3F75" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Ignalinos </w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>r. Vidiškių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gimnazijo</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>je</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau – Gimnazija) </w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įrengtų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaizdo stebėjimo </w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kamerų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tvarkos aprašas (toliau – Aprašas) nustato vaizdo stebėjimo techninių ir organizacinių asmens duomenų saugumo priemonių naudojimo tvarką, vaizdo stebėjimo priemonėmis užfiksuotų asmens duomenų teikimo sąlygas, vaizdo stebėjimo priemonėmis užfiksuotų duomenų subjektų teisių įgyvendinimo tvarką ir asmens duomenų saugumo pažeidimų valdymo ir reagavimo į šiuos pažeidimus tvarką. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F09717" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Vaizdo stebėjimo priemonėmis gautų asmens duomenų tvarkymo tikslas – Gimnazijos bendruomenės narių, svečių bei jų turto saugumo užtikrinimas (vaizdo stebėjimas). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4716B5EC" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Vaizdo stebėjimo duomenys negali būti naudojami kitiems tikslams, nesusijusiems su Apraše nurodytu tikslu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE30169" w14:textId="77777777" w:rsidR="00D872F2" w:rsidRDefault="00660FD8" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vykdant vaizdo stebėjimą ir tvarkant vaizdo stebėjimo priemonėmis gautus asmens duomenis, vadovaujamasi 2016 m. balandžio 27 d. Europos Parlamento ir Tarybos reglamentu (ES) 2016/679 dėl fizinių asmenų apsaugos tvarkant asmens duomenis ir dėl laisvo tokių duomenų judėjimo ir kuriuo panaikinama Direktyva 95/46/EB (toliau – BDAR), Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymu (toliau – ADTAĮ) ir kitais teisės aktais, reglamentuojančiais asmens duomenų apsaugą. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BFE4BC" w14:textId="37891B55" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>5. Duomenų valdytoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turi teisę pasitelkti duomenų tvarkytoją vaizdo stebėjimo priemonėmis gautiems asmens duomenims tvarkyti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D47D95" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Apraše vartojamos sąvokos: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029A992A" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1. Asmens duomenys – bet kuri informacija, susijusi su duomenų subjektu, kurio tapatybė yra žinoma arba gali būti tiesiogiai ar netiesiogiai nustatyta. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1593A213" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. Duomenų tvarkytojas – juridinis asmuo, valdžios institucija, agentūra ar kita įstaiga, kuri Gimnazijos vardu diegia ir prižiūri vaizdo stebėjimo sistemą, atlieka kitas funkcijas, numatytas šiame Apraše. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5637AC62" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.3. Duomenų valdytojas – Ignalinos </w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>r. Vidiškių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gimnazija, kodas 19</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>1089725</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Ignalinos g. 1A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vidiškių k., Vidiškių sen., Ignalinos r. sav</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3722E8" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4. Duomenų subjektas – fizinis asmuo, kurio asmens duomenys yra tvarkomi Apraše nurodytu tikslu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CB0835" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.5. Priežiūros institucija – Valstybinė duomenų apsaugos inspekcija (toliau – VDAI). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6196C0" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.6. Vaizdo stebėjimas – vaizdo duomenų, susijusių su fiziniu asmeniu, tvarkymas naudojant automatines vaizdo stebėjimo kameras. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066A04D8" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.7. Vaizdo stebėjimo priemonės – vaizdo duomenų įrašymo įrenginiai ir vaizdo stebėjimo kameros. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B4F8B0" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Kitos, aukščiau nenurodytos Apraše vartojamos sąvokos atitinka ADTAĮ ir BDAR vartojamas sąvokas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF70D04" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="002C27AC" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71B38C7E" w14:textId="460497B9" w:rsidR="002C27AC" w:rsidRPr="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>II SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5C67BC" w14:textId="46E97DC5" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VAIZDO STEBĖJIMO PRIEMONIŲ </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>APIMTIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0DEA18" w14:textId="77777777" w:rsidR="00444BD1" w:rsidRPr="002C27AC" w:rsidRDefault="00444BD1" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F03D5AA" w14:textId="37EA16DC" w:rsidR="002C27AC" w:rsidRPr="00D872F2" w:rsidRDefault="00660FD8" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>8. Vaizdo stebėjimas vykdomas adres</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Ignalinos g. 1A</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC" w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vidiškių k., Vidiškių sen., Ignalinos r. sav</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC" w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CDB750" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Vaizdo stebėjimo įrašymas vaizdo kameromis vyksta 24 valandas per parą ir jomis gauti asmens duomenys (vaizdo duomenys) saugomi: vidaus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kamerų – 10 (dešimt) kalendorinių dienų, o lauko kamerų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">– 7 (septynias) kalendorines dienas nuo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jų užfiksavimo momento, po to automatiniu būdu sunaikinami, išskyrus atvejus, kai esama pagrindo manyti, kad yra užfiksuotas nusižengimas, darbo drausmės pažeidimas, daroma nusikalstama veika ar kiti neteisėti veiksmai (iki atitinkamo tyrimo ir (ar) bylos nagrinėjimo pabaigos). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7BB9E2" w14:textId="77777777" w:rsidR="00D872F2" w:rsidRDefault="00660FD8" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaizdo duomenys fiksuojami šiomis vaizdo stebėjimo kameromis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6796E346" w14:textId="3E88AD91" w:rsidR="00D872F2" w:rsidRPr="007A2491" w:rsidRDefault="00D872F2" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">PATVIRTINTA </w:t>
-[...4 lines deleted...]
-        <w:ind w:left="3888" w:firstLine="1296"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1. Gimnazijos pastato vidaus patalpose įrengtomis vaizdo stebėjimo kameromis – </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7300" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7300" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA71B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>nt.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (šeši vienetai)</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7300" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2299DBE8" w14:textId="1E43EEBA" w:rsidR="00D872F2" w:rsidRPr="007A2491" w:rsidRDefault="00D872F2" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>10.1.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7300" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 kamera – 1 aukšto fojė, prieš pa</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>grindinį</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7300" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> įėjimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E0C76C" w14:textId="2CD0CF02" w:rsidR="001E7300" w:rsidRPr="007A2491" w:rsidRDefault="001E7300" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>10.1.2. 1 kamera – 1 aukšto koridoriuje prieš tarnybinį įėjimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B810ACA" w14:textId="4236E086" w:rsidR="001E7300" w:rsidRPr="007A2491" w:rsidRDefault="001E7300" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>10.1.3. 1 kamera – 1 aukšto laiptinėje į pradinių klasių rūbinę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777431EB" w14:textId="67916DCC" w:rsidR="001E7300" w:rsidRPr="007A2491" w:rsidRDefault="001E7300" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.1.4. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>3 kameros – pradinių klasių koridoriuje (</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>prie</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2, 4 klas</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ių</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA71B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>prie</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laukiančių autobuso mokinių grup</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ės</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA71B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>prie</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> valgykl</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA71B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir 3 klas</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ės</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03962734" w14:textId="2C1E30D2" w:rsidR="00D872F2" w:rsidRPr="007A2491" w:rsidRDefault="00D872F2" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>10.2. Gimnazijos pastato lauko teritorijoje įrengtomis vaizdo stebėjimo kameromis – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vnt. (</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>dešimt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vienetų): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="326ABA27" w14:textId="0F42928B" w:rsidR="00D872F2" w:rsidRPr="007A2491" w:rsidRDefault="00D872F2" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.2.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2491" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kameros</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71F6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> filmuoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pagrindinį Gimnazijos įėjimą; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320A890D" w14:textId="7D7E3B5D" w:rsidR="007A2491" w:rsidRPr="007A2491" w:rsidRDefault="007A2491" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.2.2. 3 kameros </w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dešinę gimnazijos pusę</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, nukreiptą </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA71B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>į gyvenvietę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C20728" w14:textId="6C90B836" w:rsidR="007A2491" w:rsidRPr="007A2491" w:rsidRDefault="007A2491" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.2.3. 1 kamera </w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA71B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>tarnybinį įėjimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D39458B" w14:textId="3ACC02F2" w:rsidR="007A2491" w:rsidRPr="007A2491" w:rsidRDefault="007A2491" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.2.4. 1 kamera </w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1256D" w:rsidRPr="00B1256D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>automobilių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stovėjimo aikštelę</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71F6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>, esančią prie sporto aikštelės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C537403" w14:textId="6507D879" w:rsidR="007A2491" w:rsidRPr="007A2491" w:rsidRDefault="007A2491" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.2.5. 1 kamera </w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71F6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tarnybinį </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>įėjimą į valgyklą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D768B27" w14:textId="7DDC0358" w:rsidR="007A2491" w:rsidRPr="007A2491" w:rsidRDefault="007A2491" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.2.6. 1 kamera </w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6" w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>kairę gimnazijos pusę</w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, nukreiptą </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA71B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>į miško pusę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="240B488C" w14:textId="39DBA0E0" w:rsidR="007A2491" w:rsidRPr="007A2491" w:rsidRDefault="007A2491" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.2.7. 1 kamera </w:t>
+      </w:r>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> autobusų </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA71B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir automobilių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>stovėjimo aikštelę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A22D3CC" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="002C27AC" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF0E9D0" w14:textId="77777777" w:rsidR="00D872F2" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">III SKYRIUS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124B7939" w14:textId="13F7A7E6" w:rsidR="002C27AC" w:rsidRPr="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>TECHNINIŲ IR ORGANIZACINIŲ ASMENS DUOMENŲ SAUGUMO PRIEMONIŲ NAUDOJIMO TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="758DC422" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="002C27AC" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0332C4BA" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Vaizdo stebėjimo priemonėmis užfiksuotų asmens duomenų saugai užtikrinti Gimnazijoje naudojamos techninės ir organizacinės asmens duomenų saugumo priemonės. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="390E1EF2" w14:textId="13BD4916" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>12. Vaizdo stebėjimo priemonėmis užfiksuotus asmens duomenis tvarko Gimnazijos vadovo įgalioti asmenys</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>, pasirašę konfidencialumo pasižadėjimus (1 priedas).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jeigu toks asmuo nebus paskirtas, atsakingas tvarkyti asmens duomenis pats Gimnazijos vadovas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F57BF0" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>13. Prieiga prie vaizdo stebėjimo kamerų (fizinė prieiga ar prieiga elektroninių ryšių</w:t>
+      </w:r>
+      <w:r w:rsidR="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">priemonėmis, suteikianti asmeniui galimybę keisti, šalinti ar atnaujinti vaizdo stebėjimo priemonių techninės įrangos komponentus ar programinę įrangą, nustatyti vaizdo stebėjimo priemonių veikimo parametrus) suteikiama įgaliotiems Gimnazijos darbuotojams, kuriems asmens duomenys yra reikalingi jų funkcijoms vykdyti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA771DF" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Prieiga prie vaizdo stebėjimo kamerų: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CA94EA" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14.1. suteikiama, keičiama ir saugoma užtikrinant jos konfidencialumą; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1501E5B6" w14:textId="22A53D02" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14.2. turi būti unikali, sudaryta iš ne mažiau </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kaip </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1256D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> simbolių, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nenaudojant asmeninio pobūdžio informacijos; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25CE2AAC" w14:textId="133A4659" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14.3. keičiama ne rečiau kaip </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kartą per </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="001E7300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mėnesius. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688C97D4" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Prieiga prie vaizdo stebėjimo kamerų naikinama, pasibaigus Gimnazijos ir darbuotojo darbo santykiams, pasikeitus jo darbo funkcijoms, kurioms vykdyti prieiga prie vaizdo stebėjimo kamerų nereikalinga arba atsiradus kitoms objektyvioms aplinkybėms, dėl kurių prieiga prie vaizdo stebėjimo kamerų turėtų būti panaikinta. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2982E0E1" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Gimnazijos vadovas užtikrina, kad neįgalioti asmenys neturėtų galimybės prieiti prie tvarkomų asmens (vaizdo) duomenų. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCC8B67" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="002C27AC" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="349AE3BF" w14:textId="77777777" w:rsidR="00F87B47" w:rsidRDefault="00F87B47" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C390A3B" w14:textId="4C820F89" w:rsidR="001E7300" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">IV SKYRIUS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5329151D" w14:textId="5F604B63" w:rsidR="002C27AC" w:rsidRPr="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>VAIZDO STEBĖJIMO PRIEMONĖMIS UŽFIKSUOTŲ ASMENS DUOMENŲ TEIKIMO SĄLYGOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F36246" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRPr="002C27AC" w:rsidRDefault="002C27AC" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1057ABB1" w14:textId="732B816A" w:rsidR="00D872F2" w:rsidRDefault="00660FD8" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Teisės aktų nustatytais atvejais ir tvarka Gimnazija teikia savo tvarkomus vaizdo duomenis teisėsaugos institucijoms ir kitiems asmenims, kuriems vaizdo duomenis teikti Gimnaziją įpareigoja įstatymai ar kiti teisės aktai arba kuriems Gimnazija, teisės aktų nustatyta tvarka vykdydama savo funkcijas, teikia vaizdo duomenis, taip pat pagal duomenų subjektų prašymus esant bent vienai iš BDAR 6 ir 9 str. nurodytų teisėto vaizdo duomenų tvarkymo sąlygų. Prašyme turi būti nurodytas vaizdo duomenų naudojimo tikslas, teikimo bei gavimo teisinis pagrindas ir prašomų pateikti vaizdo duomenų apimtis. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71F6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prašymai fiksuojami </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Į</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4766" w:rsidRPr="00154582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>rengtų vaizdo stebėjimo kamerų naudojimo ir vaizdo duomenų tvarkymo registravimo žurnal</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71F6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2 priedas)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D650650" w14:textId="4D9B1C1D" w:rsidR="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Asmens duomenis Gimnazija gali pateikti ikiteisminio tyrimo įstaigai, prokurorui ar teismui dėl jų žinioje esančių administracinių, civilinių, baudžiamųjų bylų kaip įrodymus ar kitais teisės aktų nustatytais atvejais. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B028DA" w14:textId="77777777" w:rsidR="00CC4766" w:rsidRDefault="00CC4766" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BBF9266" w14:textId="6BCCFA6D" w:rsidR="001E7300" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V SKYRIUS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7645E8C3" w14:textId="2796B58C" w:rsidR="002C27AC" w:rsidRPr="002C27AC" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>VAIZDO STEBĖJIMO PRIEMONĖMIS UŽFIKSUOTŲ ASMENS DUOMENŲ SUBJEKTŲ TEISIŲ ĮGYVENDINIMO TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEA4413" w14:textId="77777777" w:rsidR="002C27AC" w:rsidRDefault="002C27AC" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="554C6E43" w14:textId="49F48CEB" w:rsidR="00D872F2" w:rsidRDefault="00341E3D" w:rsidP="00D872F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FD8" w:rsidRPr="00CC4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00CC4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asmenys, kurie nėra Gimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darbuotojai ir kurių asmens duomenys tvarkomi, vykdant vaizdo stebėjimą, apie vykdomą vaizdo stebėjimą yra informuojami informacinėmis lentelėmis ir (arba) klijuojamais lipdukais, pritvirtintais matomoje vietoje, kurioje vykdomas vaizdo stebėjimas, kuriuose nurodoma informacija apie vykdomą vaizdo stebėjimą: nurodomas duomenų valdytojas ir jo kontaktiniai duomenys: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ignalinos </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>g. 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>30234</w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Vidiškių k.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Ignalinos</w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. sav., telefonas </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>38646337</w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, elektroninio pašto adresas </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidR="008441E6" w:rsidRPr="00DD151D">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:val="lt-LT"/>
+          </w:rPr>
+          <w:t>mokykla@vidiskiu.ignalina.lm.lt</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008441E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nuoroda į Gimnazijos tinklalapį: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="008441E6" w:rsidRPr="00DD151D">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:val="lt-LT"/>
+          </w:rPr>
+          <w:t>www.vidiskiugimnazija.lt</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D872F2" w:rsidRPr="00B732E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE3E7A9" w14:textId="23A4C9FB" w:rsidR="00444BD1" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00341E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Įgyvendinant duomenų subjekto teisę susipažinti su vaizdo stebėjimo priemonėmis užfiksuotais savo asmens duomenimis, turi būti užtikrinama trečiųjų asmenų teisė į privatų gyvenimą. Jei duomenų subjektui teikiamame vaizdo įraše užfiksuoti kiti asmenys, kurių tapatybė gali būti nustatyta, ar užfiksuota kita informacija, galinti pažeisti trečiųjų asmenų privatumą (pvz., transporto priemonės valstybinis numeris), šie vaizdai turi būti retušuoti ar kitais būdais panaikinama galimybė identifikuoti trečiuosius asmenis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="660CF648" w14:textId="11E890FD" w:rsidR="00444BD1" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00341E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Gimnazija gali atsisakyti pateikti tvarkomus asmens duomenis, jei toks asmens duomenų pateikimas gali atskleisti valstybės ir tarnybos paslaptį sudarančią ar konfidencialią informaciją, susijusią su Gimnazijos veikla. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CE2B5F" w14:textId="77777777" w:rsidR="00444BD1" w:rsidRDefault="00444BD1" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E45666E" w14:textId="77777777" w:rsidR="00341E3D" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444BD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VI SKYRIUS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020AD86D" w14:textId="233FB668" w:rsidR="00444BD1" w:rsidRPr="00444BD1" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444BD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>DUOMENŲ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1256D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444BD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>SAUGUMO PAŽEIDIMŲ VALDYMO IR REAGAVIMO Į ŠIUOS PAŽEIDIMUS TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0519282C" w14:textId="77777777" w:rsidR="00444BD1" w:rsidRDefault="00444BD1" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="369CB98C" w14:textId="347600F4" w:rsidR="00444BD1" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00341E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Įgalioti asmenys ar kiti Gimnazijos darbuotojai, pastebėję ar įtarę asmens duomenų saugumo pažeidimą, pastebėję, kad tvarkomi asmens duomenys tapo prieinami (kėsinamasi prie jų prieiti) asmenų, kurie neturi teisės tvarkyti tvarkomų asmens duomenų, turi nedelsiant imtis visų įmanomų priemonių neteisėtai prieigai prie tvarkomų asmens duomenų nutraukti ir nedelsiant informuoti Gimnazijos vadovo įgaliotą darbuotoją ir Pareigūną. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188909D5" w14:textId="1E8EF837" w:rsidR="00444BD1" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00341E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Įvertinęs asmens duomenų apsaugos pažeidimo rizikos veiksnius, pažeidimo poveikio laipsnį, žalą ir padarinius, įgaliotas asmuo informuoja Gimnazijos vadovą apie konkrečiu atveju priimtus sprendimus dėl priemonių, reikalingų asmens duomenų apsaugos pažeidimui ir jo padariniams pašalinti, ar teikia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">siūlymus dėl reikalingų išteklių, būtinų asmens duomenų apsaugos pažeidimui ir jo padariniams pašalinti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A0F3E5" w14:textId="77777777" w:rsidR="00444BD1" w:rsidRDefault="00444BD1" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0134258E" w14:textId="77777777" w:rsidR="005C4EFD" w:rsidRDefault="005C4EFD" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A31DCCE" w14:textId="15F0AC9F" w:rsidR="00444BD1" w:rsidRPr="00444BD1" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444BD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>VII SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C320D0" w14:textId="4D1B04CF" w:rsidR="00444BD1" w:rsidRPr="00444BD1" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444BD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2375690A" w14:textId="77777777" w:rsidR="00444BD1" w:rsidRDefault="00444BD1" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78B7D078" w14:textId="21AA75BD" w:rsidR="00444BD1" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00341E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Darbuotojai, kurie yra įgalioti tvarkyti vaizdo duomenis arba eidami savo pareigas juos sužino, privalo laikytis šio Aprašo, pagrindinių asmens duomenų tvarkymo reikalavimų bei konfidencialumo ir saugumo reikalavimų, įtvirtintų ADTAĮ ir BDAR. Darbuotojai ir kiti asmenys, įgalioti tvarkyti vaizdo duomenis, pažeidę šio Aprašo nuostatas, BDAR ir (ar) ADTAĮ atsako Lietuvos Respublikos teisės aktų nustatyta tvarka. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2C3FFE" w14:textId="22EE918F" w:rsidR="002E6326" w:rsidRPr="00E04C9F" w:rsidRDefault="002E6326" w:rsidP="002E6326">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00341E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E04C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patvirtinus Aprašą, darbuotojai su juo supažindinami per dokumentų valdymo sistemą „Kontora“ arba elektroniniu paštu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9FCFBD" w14:textId="498306B2" w:rsidR="002E6326" w:rsidRDefault="002E6326" w:rsidP="002E6326">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00341E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>. Aprašas gali būti keičiamas/koreguojamas pasikeitus teisės aktams arba aplinkybėms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F13EAE" w14:textId="41B3A14C" w:rsidR="002E6326" w:rsidRDefault="002E6326" w:rsidP="002E6326">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00341E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Aprašas skelbiamas gimnazijos internetinėje svetainėje adresu </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00983E27">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:val="lt-LT"/>
+          </w:rPr>
+          <w:t>www.vidiskiugimnazija.lt</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123CC400" w14:textId="77777777" w:rsidR="00444BD1" w:rsidRDefault="00444BD1" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F383C6A" w14:textId="77C31655" w:rsidR="00660FD8" w:rsidRDefault="00660FD8" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C27AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E336E0E" w14:textId="77777777" w:rsidR="003808C2" w:rsidRDefault="003808C2" w:rsidP="00444BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11DAF38C" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E90895E" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325A9A19" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A236B54" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A6D0BBD" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D3109F6" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6595765A" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0441172A" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F3064B" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="461E9025" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="380274A0" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="430B60B3" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="033091E1" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B27FA76" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D07F99A" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DDA3498" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="446CAFD4" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23875767" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D0873CF" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12AD1ECA" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38E28A9B" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336D0FE4" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07F495EC" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AF58976" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="245A3611" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2581F5E3" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F624BFE" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34A19D2D" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="211FD501" w14:textId="77777777" w:rsidR="00CC4766" w:rsidRDefault="00CC4766" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50498DA9" w14:textId="77777777" w:rsidR="00B569CB" w:rsidRDefault="00B569CB" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54A3A822" w14:textId="69700461" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5760" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ignalinos r. Vidiškių gimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39ECD698" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="003808C2" w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aizdo stebėjimo tvarkos aprašo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D910E60" w14:textId="1BC276DD" w:rsidR="00154582" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5760" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003808C2" w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0135BB" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49BAF759" w14:textId="0064A05C" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00154582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>DARBUOTOJO ĮSIPAREIGOJIMAS SAUGOTI VAIZDO DUOMENIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693A5AC2" w14:textId="7D4B2FEC" w:rsidR="00A71F6A" w:rsidRPr="00154582" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>(KONFIDENCIALUMO PASIŽADĖJIMAS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C39C485" w14:textId="651C1F49" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4766">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>-.........-........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2539F3" w14:textId="497A420E" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Vid</w:t>
+      </w:r>
+      <w:r w:rsidR="00154582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>iškės</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E5EA66" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="159D59BF" w14:textId="7244F131" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Suprantu, kad: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E6A98E" w14:textId="7133C460" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. dirbdamas (-a) </w:t>
+      </w:r>
+      <w:r w:rsidR="00154582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ignalinos r. Vidiškių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>gimnazijoje, juridinio asmens kodas 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00154582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>1089725</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau – Gimnazija) naudosiu ir tvarkysiu asmens duomenis, kurie negali būti atskleisti ar perduoti neįgaliotiems asmenims ar institucijoms; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F03D85F" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. draudžiama perduoti ar dalintis su kitais asmenimis Gimnazijos viduje ar už jos ribų slaptažodžiais ir kitais duomenimis, leidžiančiais programinėmis ir techninėmis priemonėmis naudotis bet kokios formos asmens duomenimis; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04F37EDE" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Įsipareigoju: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D72E28" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. saugoti asmens duomenų paslaptį; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BDA144" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2. tvarkyti asmens duomenis, vadovaujantis LR asmens duomenų teisinės apsaugos įstatymu (toliau – ADTAĮ), Bendruoju duomenų apsaugos reglamentu (toliau – BDAR) ir kitais teisės aktais, pareigybės aprašymu ir Gimnazijos lokaliniais teisės aktais, reglamentuojančiais funkcijas, kurias vykdant man bus patikėtas asmens duomenų tvarkymas, apibrėžtais ir teisėtais tikslais; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C1EE62" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3. neatskleisti, neperduoti ir nesudaryti sąlygų jokiomis priemonėmis susipažinti su tvarkoma informacija nė vienam asmeniui, kuris nėra įgaliotas naudotis šia informacija, tiek Gimnazijos viduje, tiek už jos ribų; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3735BFDC" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4. pranešti savo tiesioginiam vadovui ir (ar) už duomenų saugą atsakingiems asmenims apie bet kokią įtartiną situaciją, kuri gali kelti grėsmę asmens duomenų saugumui. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB1D285" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Žinau, kad: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E27E51F" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. už šio įsipareigojimo nesilaikymą ir asmens duomenų apsaugą reglamentuojančių teisės aktų pažeidimus turėsiu atsakyti pagal galiojančius Lietuvos Respublikos įstatymus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486CC74E" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. asmuo, patyręs žalą dėl neteisėto asmens duomenų tvarkymo arba kitų duomenų valdytojo ar duomenų tvarkytojo, taip pat kitų asmenų veiksmų ar neveikimo, pažeidžiančių ADTAĮ, BDAR nuostatas, turi teisę reikalauti atlyginti jam padarytą turtinę ir neturtinę žalą pagal Lietuvos Respublikos įstatymus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A490DFD" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. asmens duomenų tvarkymas pažeidžiant ADTAĮ, BDAR ir duomenų subjekto teisių pažeidimas užtraukia atsakomybę pagal galiojančius LR teisės aktus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="219DD054" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003808C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>3.4. šis įsipareigojimas galioja tiek darbo laiku, tiek ir po darbo santykių pasibaigimo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE9B1D4" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59C2EF60" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A4866AB" w14:textId="6A019520" w:rsidR="003808C2" w:rsidRPr="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00154582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Duomenų subjekto (darbuotojo) vardas, pavardė, parašas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38805DE4" w14:textId="77777777" w:rsidR="003808C2" w:rsidRPr="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="343F139C" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B9D8E53" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2330CE13" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ACB6B15" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B7BBEE7" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C4621B1" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4269859B" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00A71F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49EDF2A3" w14:textId="77777777" w:rsidR="005C4EFD" w:rsidRDefault="005C4EFD" w:rsidP="00A71F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2425959B" w14:textId="1C9CB21B" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5760" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ignalinos r. Vidiškių gimnazijos </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B73B7B" w:rsidRDefault="00B73B7B" w:rsidP="00B73B7B">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="1C1096D8" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">direktoriaus 2016 m. gruodžio 6 d. </w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="003808C2" w:rsidRPr="00154582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aizdo stebėjimo tvarkos aprašo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F536FD" w14:textId="30DDA3C7" w:rsidR="00154582" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5760" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>įsakymu Nr. V-115</w:t>
-[...15 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="003808C2" w:rsidRPr="00154582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3E788C" w14:textId="4FCFEE49" w:rsidR="00154582" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5760" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00154582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617AECD5" w14:textId="248953F0" w:rsidR="00A71F6A" w:rsidRPr="00A71F6A" w:rsidRDefault="003808C2" w:rsidP="00A71F6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A71F6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...480 lines deleted...]
-      <w:cols w:space="1296"/>
+          <w:bCs/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ĮRENGTŲ VAIZDO STEBĖJIMO KAMERŲ NAUDOJIMO IR VAIZDO DUOMENŲ TVARKYMO REGISTRAVIMO ŽURNALAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="016F43D1" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A8FA76D" w14:textId="36D94B09" w:rsidR="003808C2" w:rsidRDefault="003808C2" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Lentelstinklelis"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-1139" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="2B6DF2EE" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A2A0FF" w14:textId="3FDE2380" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">il. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D303B2" w14:textId="7CF1E7E3" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>ateikusio prašymą peržiūrėti vardas, pavardė, pareigos parašas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B37506E" w14:textId="7BB37310" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>rašymo pateikimo data</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A55B1F" w14:textId="3E1C1EF6" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>aizdo įrašo peržiūrėjimo laikas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63721A67" w14:textId="6EE7024F" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ameros </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6BBBDC" w14:textId="115759DA" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Į</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>vykio aplinkybės, vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F12A39D" w14:textId="62E66174" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>eržiūrėjusio vaizdo kamerų įrašą asmens vardas, pavardė, parašas (pareigos)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="691B9CD1" w14:textId="267ECF2F" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>artu dalyvaujančių vardas, pavardė, parašas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="635BF582" w14:textId="4C8CF7C0" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00154582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>aizdo įrašas suformuotas (taip/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>ne)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="33DBA738" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32459F73" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3402D59F" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC9FC3E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDEBB4D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C45EA8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="656FF2CD" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C27CEB" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3EF0B4" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA4FF1B" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="21EA7A2C" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA58FE7" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="608E8342" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="564E5C02" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172C9B2F" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="254A277A" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D93F26" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="315867C0" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27910D83" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C02F7D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="3D2B0FBF" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A6AE1D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79726A52" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3565B92F" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7E2169" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73D46ABF" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="371004AB" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8FE185" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36CB9D82" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C66572C" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="7586FD38" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9265B2" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A542A16" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09DF98B0" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F153CE" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0228E4B3" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DA58DA" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="548F9B62" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2448D6A5" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="195F3BD4" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="36915B91" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54160532" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD23D15" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7E3A5F" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34925682" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0D86C6" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF85A0F" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A3BC4D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="787BC16B" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB811D8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="1E15C334" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07DC0241" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4F34FB" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB051F4" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A44F681" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B165D1" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9BCA2F" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A83CF4" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="223701E2" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="334FF925" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="434D4513" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC7F458" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F5CBEE" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="479D3BE2" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="760F1F72" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D364A28" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C7B02E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BEB1C6" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB6C355" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31707BE1" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="2C2EF1A3" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8F3A2E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B7F6D8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="378560F6" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E58274" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CA61C1" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3414D2C6" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE6CF79" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB20AC2" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5377FC" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="19B3F334" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA02F83" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="154B8E95" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA9A361" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CED6B06" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2F9427" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B53873D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E781EA7" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="413CD14C" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55362846" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="7DEC109E" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43AAD8C5" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4AE5B8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="305B89C1" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C076A6" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C94875B" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1919B216" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D1AB92" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BAFAEA5" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCBC908" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="159548E3" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="797CBCED" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4168C955" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0097D2" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCD3A3D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7540262D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39057B78" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="225E6C75" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B739162" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9D1E04" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="7BC678C9" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="686ABA0E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6170A392" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="393FF4E0" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A2113C" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="157C1F2A" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C4451B" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="659BF526" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B189291" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68BB7D65" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="362AB6AD" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="670C47FE" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D32C718" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="000CCC2C" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06016F68" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="001B9DD6" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E82CC97" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEF86D5" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12145E17" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="326A617D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="3FCE5B29" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="033AE370" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0534018E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="372C5699" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B030B03" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECA543E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="330ECCC7" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D2CAAE" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B64DA1" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACCD9DB" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="4B4F6BFD" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1816FAB3" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="449C5548" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C808419" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29587DDD" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E14567" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57304A25" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72996373" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01893635" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F13373" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="2C78F32A" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B241E6" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5896F0DD" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A34619" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC4F191" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21742244" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F535554" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFD746C" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28682548" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6B1106" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="353496FD" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA2C364" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="622EB016" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34263740" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3922645F" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77716D58" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="557CCB31" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8C0B51" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9AE736" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A4D2B8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="4DB7C64E" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BA4405" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD02A71" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF8F47D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C8252B" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7146C094" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4256E56D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAC6396" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="627534ED" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="457C5438" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="25272E91" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE9C899" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC182E8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C7B248" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="760F503D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44863D6E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CEF75CE" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39875FAA" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="196DD21B" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25220504" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="49281BA4" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E780B9" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D423549" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="700329ED" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="446C6567" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7B0773" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D970E3" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CC9174" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF4D293" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="443F3D86" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="2201F39E" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62684EB9" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A10106" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B119A5" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A31C050" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AB69CC" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28067B72" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BBA9112" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5C230C" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB97672" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="59D4F189" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23CBF98D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63316A71" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79CD512E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B053A3" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B856CDC" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18ADE2D4" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E3AD9D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76884EA0" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="663D5439" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="77F9682E" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E96569" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E4524C" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77360FB0" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7004CA39" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CECD25" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A0AF3A" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="796F130B" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="353A8F13" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="228F8BF8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="783F94B1" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DECA277" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A21B31B" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E0E0A8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="731782AA" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FCBAB4" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65936A79" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6368910D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D918B8C" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A33BF3" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="6C0931AF" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E179F8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F111854" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDF2475" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54868374" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="476DE902" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E90D2D5" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F51ECD" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AAB8E1D" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2277E141" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="17E35391" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3255E358" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FF74AC" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2BABD3" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="186B801E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F1EB6CB" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="085776EC" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E79E1E0" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44DB134F" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23809BBC" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="0072F108" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0FA7E0" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A81F0F" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BC3E64" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB26829" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10529A9B" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C01D824" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCDC0E1" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="596D75D7" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="574EADEB" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="3820857B" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C599C8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A94E18" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7225D0A6" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC259A8" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF6447E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAE7408" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA64413" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8E7FC4" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C86D94" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71F6A" w:rsidRPr="0043251D" w14:paraId="652088EE" w14:textId="77777777" w:rsidTr="00DA71B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1830D665" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="249DAD92" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50187B73" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5644DA92" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A81ED2E" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5574C4E4" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB24E18" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="026AE4CF" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D896DD" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="263BCA08" w14:textId="77777777" w:rsidR="00154582" w:rsidRDefault="00154582" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA4B730" w14:textId="77777777" w:rsidR="00A71F6A" w:rsidRPr="002C27AC" w:rsidRDefault="00A71F6A" w:rsidP="00154582">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A71F6A" w:rsidRPr="002C27AC" w:rsidSect="00444BD1">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...2 lines deleted...]
-    <w:charset w:val="BA"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
-[...2 lines deleted...]
-  <w:hyphenationZone w:val="396"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B73B7B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DC0D92"/>
+    <w:rsidRoot w:val="00660FD8"/>
+    <w:rsid w:val="000D1F80"/>
+    <w:rsid w:val="00154582"/>
+    <w:rsid w:val="001E7300"/>
+    <w:rsid w:val="00251D19"/>
+    <w:rsid w:val="002C27AC"/>
+    <w:rsid w:val="002E6326"/>
+    <w:rsid w:val="00314635"/>
+    <w:rsid w:val="00341E3D"/>
+    <w:rsid w:val="003808C2"/>
+    <w:rsid w:val="00425949"/>
+    <w:rsid w:val="0043251D"/>
+    <w:rsid w:val="00444BD1"/>
+    <w:rsid w:val="005113BD"/>
+    <w:rsid w:val="005262CD"/>
+    <w:rsid w:val="005C4EFD"/>
+    <w:rsid w:val="006539B8"/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rsid w:val="006A302E"/>
+    <w:rsid w:val="00732E10"/>
+    <w:rsid w:val="007A2491"/>
+    <w:rsid w:val="008441E6"/>
+    <w:rsid w:val="00A22253"/>
+    <w:rsid w:val="00A71F6A"/>
+    <w:rsid w:val="00AF1AE4"/>
+    <w:rsid w:val="00B1256D"/>
+    <w:rsid w:val="00B569CB"/>
+    <w:rsid w:val="00BE1607"/>
+    <w:rsid w:val="00C55F5D"/>
+    <w:rsid w:val="00CC4766"/>
+    <w:rsid w:val="00CD5DF7"/>
+    <w:rsid w:val="00D27050"/>
+    <w:rsid w:val="00D605A2"/>
+    <w:rsid w:val="00D872F2"/>
+    <w:rsid w:val="00DA71B2"/>
+    <w:rsid w:val="00DD44D7"/>
+    <w:rsid w:val="00F87B47"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lt-LT"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4D4FE066"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{3FDCAB1D-6F84-4945-8305-27E2CCEF42E9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B73B7B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat1Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat2Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat3Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat4Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat5Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat6Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat7Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat8Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat9Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
+    <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
+    <w:name w:val="Antraštė 2 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
+    <w:name w:val="Antraštė 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
+    <w:name w:val="Antraštė 4 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
+    <w:name w:val="Antraštė 5 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
+    <w:name w:val="Antraštė 6 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
+    <w:name w:val="Antraštė 7 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
+    <w:name w:val="Antraštė 8 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
+    <w:name w:val="Antraštė 9 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00B73B7B"/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pavadinimas"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PaantratDiagrama"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
+    <w:name w:val="Paantraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Paantrat"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citata">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="CitataDiagrama"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
+    <w:name w:val="Citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Citata"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykuspabraukimas">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Iskirtacitata">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="IskirtacitataDiagrama"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
+    <w:name w:val="Išskirta citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Iskirtacitata"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykinuoroda">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00660FD8"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipersaitas">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002E6326"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Lentelstinklelis">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="prastojilentel"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A71F6A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
-[...6 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:styleId="Neapdorotaspaminjimas">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...13 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:rsid w:val="008441E6"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vidiskiugimnazija.lt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vidiskiugimnazija.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokykla@vidiskiu.ignalina.lm.lt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1332</Characters>
+  <Pages>6</Pages>
+  <Words>2004</Words>
+  <Characters>11427</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hewlett-Packard Company</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3661</CharactersWithSpaces>
+  <CharactersWithSpaces>13405</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>karjera</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>AUDRONĖ URBONIENĖ</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>