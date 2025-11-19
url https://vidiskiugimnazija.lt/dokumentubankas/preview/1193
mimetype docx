--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -42,126 +42,105 @@
     <w:p w14:paraId="325452C6" w14:textId="527E4BD3" w:rsidR="00460280" w:rsidRPr="008442E4" w:rsidRDefault="008442E4" w:rsidP="008442E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5760" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Ignalinos r. Vidiškių </w:t>
       </w:r>
       <w:r w:rsidR="00460280" w:rsidRPr="008442E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gimnazijos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD101F6" w14:textId="2E0362A8" w:rsidR="00460280" w:rsidRPr="008442E4" w:rsidRDefault="00460280" w:rsidP="008442E4">
+    <w:p w14:paraId="3CD101F6" w14:textId="3895A734" w:rsidR="00460280" w:rsidRPr="008442E4" w:rsidRDefault="00460280" w:rsidP="008442E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5760" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008442E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">direktoriaus 2025 m. </w:t>
       </w:r>
-      <w:r w:rsidR="008442E4">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="003E3B02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spalio 2 </w:t>
       </w:r>
       <w:r w:rsidRPr="008442E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACBBF6D" w14:textId="1F28A4DC" w:rsidR="00460280" w:rsidRDefault="00460280" w:rsidP="008442E4">
+    <w:p w14:paraId="2ACBBF6D" w14:textId="73475A47" w:rsidR="00460280" w:rsidRDefault="00460280" w:rsidP="008442E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5760" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008442E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>įsakymu Nr. V-</w:t>
       </w:r>
-      <w:r w:rsidR="00450EF1">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="003E3B02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>39</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76D885CF" w14:textId="77777777" w:rsidR="008442E4" w:rsidRPr="008442E4" w:rsidRDefault="008442E4" w:rsidP="008442E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5760" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F493465" w14:textId="300FE269" w:rsidR="00460280" w:rsidRDefault="008442E4" w:rsidP="008442E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3179,96 +3158,124 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>SUDERINTA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08BF6EB1" w14:textId="6295C418" w:rsidR="00EE28E1" w:rsidRPr="00E64052" w:rsidRDefault="00EE28E1" w:rsidP="00EE28E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E64052">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Ignalinos r. Vidiškių gimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="330620F1" w14:textId="77777777" w:rsidR="00EE28E1" w:rsidRPr="00E64052" w:rsidRDefault="00EE28E1" w:rsidP="00EE28E1">
+    <w:p w14:paraId="330620F1" w14:textId="3897C72A" w:rsidR="00EE28E1" w:rsidRPr="00E64052" w:rsidRDefault="00EE28E1" w:rsidP="00EE28E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E64052">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">2025 m. rugsėjo    d. </w:t>
+        <w:t xml:space="preserve">2025 m. rugsėjo  </w:t>
+      </w:r>
+      <w:r w:rsidR="002B314B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E64052">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  d. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2A9093" w14:textId="77777777" w:rsidR="00EE28E1" w:rsidRPr="00E64052" w:rsidRDefault="00EE28E1" w:rsidP="00EE28E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E64052">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Gimnazijos tarybos nutarimu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F914C5" w14:textId="77777777" w:rsidR="00EE28E1" w:rsidRPr="00E64052" w:rsidRDefault="00EE28E1" w:rsidP="00EE28E1">
+    <w:p w14:paraId="34F914C5" w14:textId="31C076B1" w:rsidR="00EE28E1" w:rsidRPr="00E64052" w:rsidRDefault="00EE28E1" w:rsidP="00EE28E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E64052">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>(protokolas Nr. S1-  )</w:t>
+        <w:t>(protokolas Nr. S1-</w:t>
+      </w:r>
+      <w:r w:rsidR="002B314B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E64052">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  )</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A57D16" w14:textId="529E9A57" w:rsidR="00624FFA" w:rsidRPr="008442E4" w:rsidRDefault="00624FFA" w:rsidP="00624FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00624FFA" w:rsidRPr="008442E4" w:rsidSect="008442E4">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
@@ -3292,51 +3299,54 @@
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00460280"/>
     <w:rsid w:val="0006088F"/>
     <w:rsid w:val="00093763"/>
     <w:rsid w:val="001040EE"/>
     <w:rsid w:val="001A5075"/>
     <w:rsid w:val="001E6BF2"/>
+    <w:rsid w:val="002B314B"/>
+    <w:rsid w:val="002D41AC"/>
     <w:rsid w:val="00395FE3"/>
+    <w:rsid w:val="003E3B02"/>
     <w:rsid w:val="00412C07"/>
     <w:rsid w:val="00450EF1"/>
     <w:rsid w:val="00460280"/>
     <w:rsid w:val="004639A2"/>
     <w:rsid w:val="005B3FF6"/>
     <w:rsid w:val="00624FFA"/>
     <w:rsid w:val="006A4CB1"/>
     <w:rsid w:val="006B5044"/>
     <w:rsid w:val="00742701"/>
     <w:rsid w:val="0077401D"/>
     <w:rsid w:val="00795173"/>
     <w:rsid w:val="007B440E"/>
     <w:rsid w:val="007B572A"/>
     <w:rsid w:val="007D16D8"/>
     <w:rsid w:val="00816131"/>
     <w:rsid w:val="008442E4"/>
     <w:rsid w:val="0085333F"/>
     <w:rsid w:val="008B5EBA"/>
     <w:rsid w:val="00993ABB"/>
     <w:rsid w:val="009A4706"/>
     <w:rsid w:val="009B6735"/>
     <w:rsid w:val="009E71B7"/>
     <w:rsid w:val="00A92D2C"/>
     <w:rsid w:val="00AD3B2C"/>
     <w:rsid w:val="00AD51A2"/>
@@ -4614,69 +4624,69 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>822</Words>
-  <Characters>4689</Characters>
+  <Words>821</Words>
+  <Characters>4686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5501</CharactersWithSpaces>
+  <CharactersWithSpaces>5497</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>AUDRONĖ URBONIENĖ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>